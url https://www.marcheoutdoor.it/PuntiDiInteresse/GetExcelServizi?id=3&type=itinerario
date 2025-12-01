--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -5,53 +5,53 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
-[...1 lines deleted...]
-    <t>Lista servizi aggiornata al 15/10/2025 15:51:19</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
+  <si>
+    <t>Lista servizi aggiornata al 01/12/2025 03:21:20</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t xml:space="preserve">Cicli Noè </t>
   </si>
@@ -92,50 +92,63 @@
     <t>via le Mosse 19/21</t>
   </si>
   <si>
     <t>Tabaccheria Mogliani Simonetta</t>
   </si>
   <si>
     <t>Pieve Torina</t>
   </si>
   <si>
     <t>ebikepievetorina@gmail.com</t>
   </si>
   <si>
     <t>Piazzale Salvo D'Acquisto, 1, 62036 Pieve Torina MC</t>
   </si>
   <si>
     <t>Seghetta Yuri - Noleggio bici</t>
   </si>
   <si>
     <t>Caldarola</t>
   </si>
   <si>
     <t>yuriseghetta@gmail.com</t>
   </si>
   <si>
     <t>Via Martiri di Montalto, 9 - 62020 Caldarola</t>
+  </si>
+  <si>
+    <t>IMPATTO ZERO LIFESTYLE</t>
+  </si>
+  <si>
+    <t>info@impattozerolifestyle.it - impattozlifestyle@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.impattozerolifestyle.it/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piazza XXIV Maggio, 2
+62020 Caldarola (MC)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -151,82 +164,82 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="B4:H9">
-  <autoFilter ref="B4:H9"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="B4:H10">
+  <autoFilter ref="B4:H10"/>
   <tableColumns count="7">
     <tableColumn id="1" name="Nome"/>
     <tableColumn id="2" name="Località"/>
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Email"/>
     <tableColumn id="6" name="Website"/>
     <tableColumn id="7" name="Indirizzo"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="B1:N9"/>
+  <dimension ref="B1:N10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="29.6411151885986" customWidth="1"/>
     <col min="3" max="3" width="12.2377519607544" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
-    <col min="6" max="6" width="27.2103137969971" customWidth="1"/>
-    <col min="7" max="7" width="15.7663040161133" customWidth="1"/>
+    <col min="6" max="6" width="53.4631881713867" customWidth="1"/>
+    <col min="7" max="7" width="32.7655563354492" customWidth="1"/>
     <col min="8" max="8" width="46.8173561096191" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">
       <c r="B4" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="0" t="s">
@@ -332,35 +345,58 @@
       </c>
       <c r="H8" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="B9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D9" s="0">
         <v>43.1460847</v>
       </c>
       <c r="E9" s="0">
         <v>13.2238588</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="10">
+      <c r="B10" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" s="0">
+        <v>43.1405725</v>
+      </c>
+      <c r="E10" s="0">
+        <v>13.2126889</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:N1"/>
   </mergeCells>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>