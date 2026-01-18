--- v1 (2025-12-01)
+++ v2 (2026-01-18)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
-    <t>Lista servizi aggiornata al 01/12/2025 03:21:20</t>
+    <t>Lista servizi aggiornata al 18/01/2026 12:49:52</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t xml:space="preserve">Cicli Noè </t>
   </si>