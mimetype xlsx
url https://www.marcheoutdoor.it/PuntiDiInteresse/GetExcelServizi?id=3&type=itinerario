--- v2 (2026-01-18)
+++ v3 (2026-03-04)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
-    <t>Lista servizi aggiornata al 18/01/2026 12:49:52</t>
+    <t>Lista servizi aggiornata al 04/03/2026 17:14:07</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t xml:space="preserve">Cicli Noè </t>
   </si>