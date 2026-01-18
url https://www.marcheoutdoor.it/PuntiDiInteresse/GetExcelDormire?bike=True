--- v0 (2025-12-01)
+++ v1 (2026-01-18)
@@ -7,96 +7,96 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="459">
   <si>
-    <t>Lista strutture aggiornata al 01/12/2025 02:19:38</t>
+    <t>Lista strutture aggiornata al 1/18/2026 8:39:37 AM</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
     <t>HOTEL RISTORANTE GIARDINO - [CIN:IT041054A148VEUAPI|]</t>
   </si>
   <si>
     <t>San Lorenzo in Campo</t>
   </si>
   <si>
     <t>3 Stelle</t>
   </si>
   <si>
-    <t>Albergo</t>
+    <t>Hotel</t>
   </si>
   <si>
     <t>info@hotelgiardino.it</t>
   </si>
   <si>
     <t>www.hotelgiardino.it</t>
   </si>
   <si>
     <t>via Enrico Mattei 4</t>
   </si>
   <si>
     <t xml:space="preserve">Aria condizionata, Telefono , Ristorante Vegetariano, Cassaforte, Camera con balcone, Aria Condizionata con Impianto Centralizzato, Parco e Giardino, Ristorante, Aria condizionata in Locali Comuni, Accettazione Gruppi, Accessibili a persone con disabilità motoria, Asciugacapelli, Servizio Congressi, Riscaldamento, Telefono in camera, Servizio FAX, Propria piscina scoperta, Supplemento letto Aggiunto, TV, Accettazione Animali Domestici, Bar, Ascensore, Lavatura e Stiratura Biancheria, Phon, Piscina Scoperta, Servizio Fotocopie, </t>
   </si>
   <si>
     <t>FAMIGLIE,BICI</t>
   </si>
   <si>
     <t>HOTEL CARAVEL - [CIN:IT041013A1SBCPEWKX|]</t>
   </si>
   <si>
     <t>Fano</t>
   </si>
   <si>
     <t>info@hotel-caravel.it</t>
   </si>
@@ -520,51 +520,51 @@
   <si>
     <t>CASALE CIVETTA - [CIN:IT042050B93URNII6Y|]</t>
   </si>
   <si>
     <t>Trecastelli</t>
   </si>
   <si>
     <t>daniele.pierfederici@tiscali.it</t>
   </si>
   <si>
     <t>http://www.casalecivetta.it</t>
   </si>
   <si>
     <t>Via Consolazione 20</t>
   </si>
   <si>
     <t xml:space="preserve">Connessione Internet, Sala Lettura, Rifiuti , Piscina Coperta, Servizio Fotocopie, Supplemento letto Aggiunto, Equitazione, Accettazione Gruppi, Smaltimento Rifiuti, Piscina, Altre attività sportive, Phon, altre attività ricreative e culturali, Accesso Mezzi Privati, TV, Supplemento Cane, Riscaldamento, Parco e Giardino, Collegamento Internet, Asciugacapelli, Caffe, Biciclette, Fattoria didattica/biologica, Ventilatore, Cucina, Italiano, Somministrazione alimenti, Giochi per Bambini, Biblioteca, Colazione, Estintori, Pasti, Accessibili a persone con disabilità motoria, Illuminazione Elettrica, Camera con balcone vista mare., Somministrazione bevande, Parcheggio Custodito, Spagnolo, Trasporto Clienti Stazione, Lampada esterna, Accettazione Animali Domestici, Pasti solo alloggiati, Bar, Accesso ad Internet, Inglese, Macchine lavabiancheria, Noleggio Biciclette, Camere Doppie, Corsi di Artigianato locale, Sala Giochi, Supplemento doppia uso Singola, Propria piscina scoperta, Partecipazione Attività Agricole, Piscina Scoperta, </t>
   </si>
   <si>
     <t>TIMEOUT - [CIN:IT042038B459SOVWOD|]</t>
   </si>
   <si>
     <t>Polverigi</t>
   </si>
   <si>
-    <t>Affittacamere</t>
+    <t>Landlord</t>
   </si>
   <si>
     <t>info@bb-timeout.it</t>
   </si>
   <si>
     <t>www.bb-timeout.it</t>
   </si>
   <si>
     <t>Via della Baviera 21</t>
   </si>
   <si>
     <t xml:space="preserve">Altre attività sportive, Locale Ricovero, Inglese, Italiano, Accettazione Animali Domestici, </t>
   </si>
   <si>
     <t>CASALE DI NICOLO' - [CIN:IT041067B4ZPQ67JLF|]</t>
   </si>
   <si>
     <t>Urbino</t>
   </si>
   <si>
     <t>scaramucci.federico@gmail.com</t>
   </si>
   <si>
     <t>www.casaledinicolo.it</t>
   </si>
@@ -1476,51 +1476,51 @@
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="87.2130813598633" customWidth="1"/>
     <col min="3" max="3" width="25.5365772247314" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
-    <col min="7" max="7" width="13.5247678756714" customWidth="1"/>
+    <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="37.7489051818848" customWidth="1"/>
     <col min="9" max="9" width="38.4384498596191" customWidth="1"/>
     <col min="10" max="10" width="39.5055046081543" customWidth="1"/>
     <col min="11" max="11" width="1424.85717773438" customWidth="1"/>
     <col min="12" max="12" width="22.9666385650635" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">