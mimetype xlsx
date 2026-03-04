--- v1 (2026-01-18)
+++ v2 (2026-03-04)
@@ -7,96 +7,96 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="459">
   <si>
-    <t>Lista strutture aggiornata al 1/18/2026 8:39:37 AM</t>
+    <t>Lista strutture aggiornata al 04/03/2026 20:47:56</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
     <t>HOTEL RISTORANTE GIARDINO - [CIN:IT041054A148VEUAPI|]</t>
   </si>
   <si>
     <t>San Lorenzo in Campo</t>
   </si>
   <si>
     <t>3 Stelle</t>
   </si>
   <si>
-    <t>Hotel</t>
+    <t>Albergo</t>
   </si>
   <si>
     <t>info@hotelgiardino.it</t>
   </si>
   <si>
     <t>www.hotelgiardino.it</t>
   </si>
   <si>
     <t>via Enrico Mattei 4</t>
   </si>
   <si>
     <t xml:space="preserve">Aria condizionata, Telefono , Ristorante Vegetariano, Cassaforte, Camera con balcone, Aria Condizionata con Impianto Centralizzato, Parco e Giardino, Ristorante, Aria condizionata in Locali Comuni, Accettazione Gruppi, Accessibili a persone con disabilità motoria, Asciugacapelli, Servizio Congressi, Riscaldamento, Telefono in camera, Servizio FAX, Propria piscina scoperta, Supplemento letto Aggiunto, TV, Accettazione Animali Domestici, Bar, Ascensore, Lavatura e Stiratura Biancheria, Phon, Piscina Scoperta, Servizio Fotocopie, </t>
   </si>
   <si>
     <t>FAMIGLIE,BICI</t>
   </si>
   <si>
     <t>HOTEL CARAVEL - [CIN:IT041013A1SBCPEWKX|]</t>
   </si>
   <si>
     <t>Fano</t>
   </si>
   <si>
     <t>info@hotel-caravel.it</t>
   </si>
@@ -520,51 +520,51 @@
   <si>
     <t>CASALE CIVETTA - [CIN:IT042050B93URNII6Y|]</t>
   </si>
   <si>
     <t>Trecastelli</t>
   </si>
   <si>
     <t>daniele.pierfederici@tiscali.it</t>
   </si>
   <si>
     <t>http://www.casalecivetta.it</t>
   </si>
   <si>
     <t>Via Consolazione 20</t>
   </si>
   <si>
     <t xml:space="preserve">Connessione Internet, Sala Lettura, Rifiuti , Piscina Coperta, Servizio Fotocopie, Supplemento letto Aggiunto, Equitazione, Accettazione Gruppi, Smaltimento Rifiuti, Piscina, Altre attività sportive, Phon, altre attività ricreative e culturali, Accesso Mezzi Privati, TV, Supplemento Cane, Riscaldamento, Parco e Giardino, Collegamento Internet, Asciugacapelli, Caffe, Biciclette, Fattoria didattica/biologica, Ventilatore, Cucina, Italiano, Somministrazione alimenti, Giochi per Bambini, Biblioteca, Colazione, Estintori, Pasti, Accessibili a persone con disabilità motoria, Illuminazione Elettrica, Camera con balcone vista mare., Somministrazione bevande, Parcheggio Custodito, Spagnolo, Trasporto Clienti Stazione, Lampada esterna, Accettazione Animali Domestici, Pasti solo alloggiati, Bar, Accesso ad Internet, Inglese, Macchine lavabiancheria, Noleggio Biciclette, Camere Doppie, Corsi di Artigianato locale, Sala Giochi, Supplemento doppia uso Singola, Propria piscina scoperta, Partecipazione Attività Agricole, Piscina Scoperta, </t>
   </si>
   <si>
     <t>TIMEOUT - [CIN:IT042038B459SOVWOD|]</t>
   </si>
   <si>
     <t>Polverigi</t>
   </si>
   <si>
-    <t>Landlord</t>
+    <t>Affittacamere</t>
   </si>
   <si>
     <t>info@bb-timeout.it</t>
   </si>
   <si>
     <t>www.bb-timeout.it</t>
   </si>
   <si>
     <t>Via della Baviera 21</t>
   </si>
   <si>
     <t xml:space="preserve">Altre attività sportive, Locale Ricovero, Inglese, Italiano, Accettazione Animali Domestici, </t>
   </si>
   <si>
     <t>CASALE DI NICOLO' - [CIN:IT041067B4ZPQ67JLF|]</t>
   </si>
   <si>
     <t>Urbino</t>
   </si>
   <si>
     <t>scaramucci.federico@gmail.com</t>
   </si>
   <si>
     <t>www.casaledinicolo.it</t>
   </si>
@@ -1476,51 +1476,51 @@
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="87.2130813598633" customWidth="1"/>
     <col min="3" max="3" width="25.5365772247314" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
-    <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
+    <col min="7" max="7" width="13.5247678756714" customWidth="1"/>
     <col min="8" max="8" width="37.7489051818848" customWidth="1"/>
     <col min="9" max="9" width="38.4384498596191" customWidth="1"/>
     <col min="10" max="10" width="39.5055046081543" customWidth="1"/>
     <col min="11" max="11" width="1424.85717773438" customWidth="1"/>
     <col min="12" max="12" width="22.9666385650635" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">