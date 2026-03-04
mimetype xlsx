--- v2 (2026-03-04)
+++ v3 (2026-03-04)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="459">
   <si>
-    <t>Lista strutture aggiornata al 04/03/2026 20:47:56</t>
+    <t>Lista strutture aggiornata al 04/03/2026 21:41:15</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>