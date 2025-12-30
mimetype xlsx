--- v0 (2025-11-05)
+++ v1 (2025-12-30)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
-    <t>Lista strutture aggiornata al 05/11/2025 03:20:42</t>
+    <t>Lista strutture aggiornata al 30/12/2025 14:08:56</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>