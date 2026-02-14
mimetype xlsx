--- v1 (2025-12-30)
+++ v2 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
-    <t>Lista strutture aggiornata al 30/12/2025 14:08:56</t>
+    <t>Lista strutture aggiornata al 14/02/2026 06:49:31</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>