--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -7,126 +7,126 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 06:49:31</t>
+    <t>Lista strutture aggiornata al 31/03/2026 14:37:25</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>IL NIDO DEL FALCO - [CIN:IT043032B9CDEERYFD|]</t>
+    <t>IL NIDO DEL FALCO - [CIN:IT043032B9CDEERYFD]</t>
   </si>
   <si>
     <t>Monte San Martino</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@ilnidodelfalco.com</t>
   </si>
   <si>
     <t>http://www.ilnidodelfalco.com</t>
   </si>
   <si>
     <t>contrada Molino 93</t>
   </si>
   <si>
-    <t xml:space="preserve">Camere Singole, Colazione, Solo Pernottamento, Spagnolo, Accettazione Gruppi, Biciclette, Camera con balcone, Bosco, Smaltimento Rifiuti, TV Satellitare, Phon, Piscina, Locale Ricovero, Ventilatore, Cucina, Attrezzi Pronto Soccorso, Italiano, Parco e Giardino, Tedesco, Accesso Mezzi Privati, Noleggio Biciclette, Accettazione Animali Domestici, Collegamento Internet, Inglese, Accesso ad Internet, TV, Accesso Mezzi Pubblici, Francese, Supplemento Cane, Corsi di Artigianato locale, Visite Guidate, Estintori, Solarium, Supplemento letto Aggiunto, Connessione Internet, Caffe, Camere Doppie, Mountain Bike, Rifiuti , Parcheggio non Custodito, Sala TV, Supplemento Vano Soggiorno, Accessibili a persone con disabilità motoria, Supplemento doppia uso Singola, Propria piscina scoperta, Asciugacapelli, Piscina Scoperta, Riscaldamento, </t>
+    <t xml:space="preserve">Camera con balcone, Spagnolo, Supplemento letto Aggiunto, Sala TV, Parco e Giardino, Italiano, Collegamento Internet, TV, Connessione Internet, Inglese, Tedesco, Parcheggio non Custodito, Ventilatore, TV Satellitare, Locale Ricovero, Piscina Scoperta, Piscina, Cucina, Supplemento Cane, Bosco, Corsi di Artigianato locale, Rifiuti , Francese, Accesso ad Internet, Mountain Bike, Supplemento Vano Soggiorno, Visite Guidate, Solo Pernottamento, Colazione, Noleggio Biciclette, Supplemento doppia uso Singola, Accesso Mezzi Pubblici, Smaltimento Rifiuti, Accessibili a persone con disabilità motoria, Estintori, Camere Doppie, Biciclette, Propria piscina scoperta, Accesso Mezzi Privati, Accettazione Animali Domestici, Riscaldamento, Asciugacapelli, Attrezzi Pronto Soccorso, Phon, Caffe, Camere Singole, Accettazione Gruppi, Solarium, Idromassaggio, </t>
   </si>
   <si>
     <t>FAMIGLIE,CAMMINI</t>
   </si>
   <si>
-    <t>AGRITURISMO BELLAVISTA DI PSENNER PETER ERICH - [CIN:IT043032B5ZAPIX8UR|]</t>
+    <t>AGRITURISMO BELLAVISTA DI PSENNER PETER ERICH - [CIN:IT043032B5ZAPIX8UR]</t>
   </si>
   <si>
     <t>agritur.bellavista@libero.it</t>
   </si>
   <si>
     <t>bellavistaagriturismo.wordpress.com</t>
   </si>
   <si>
     <t>contrada Santo Stefano 36</t>
   </si>
   <si>
-    <t xml:space="preserve">Accettazione Gruppi, Riscaldamento, equino, Frigo bar, Bosco, olivicolo, Solo Pernottamento a persona, Inglese, Tedesco, viticolo, Accesso ad Internet, avi-cunicolo, Mountain Bike, altre colture arboree, Ping Pong, Sala Pranzo, Cucina, pascolo, Mezza Pensione a Persona, Pasti solo alloggiati, Accettazione Animali Domestici, Accesso Mezzi Pubblici, Maneggio, Trasporto Clienti Stazione, cerealicolo, Colazione, Partecipazione Attività Agricole, Accesso Mezzi Privati, Francese, altre attività ricreative e culturali, Noleggio Biciclette, </t>
+    <t xml:space="preserve">altre colture arboree, Colazione, Cucina, pascolo, Frigo bar, Sala Pranzo, equino, Ping Pong, cerealicolo, olivicolo, Accesso Mezzi Privati, Solo Pernottamento a persona, Accesso Mezzi Pubblici, Pasti solo alloggiati, Accesso ad Internet, Maneggio, Accettazione Animali Domestici, Mezza Pensione a Persona, viticolo, Francese, Riscaldamento, avi-cunicolo, Accettazione Gruppi, Inglese, Mountain Bike, altre attività ricreative e culturali, Tedesco, Trasporto Clienti Stazione, Partecipazione Attività Agricole, Bosco, Noleggio Biciclette, </t>
   </si>
   <si>
     <t>FAMIGLIE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -175,60 +175,60 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="74.4298782348633" customWidth="1"/>
+    <col min="2" max="2" width="73.4364852905273" customWidth="1"/>
     <col min="3" max="3" width="18.5817813873291" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="24.9462699890137" customWidth="1"/>
     <col min="9" max="9" width="33.8991165161133" customWidth="1"/>
     <col min="10" max="10" width="24.6945953369141" customWidth="1"/>
-    <col min="11" max="11" width="730.129821777344" customWidth="1"/>
+    <col min="11" max="11" width="743.865539550781" customWidth="1"/>
     <col min="12" max="12" width="19.0176067352295" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">
       <c r="B4" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="0" t="s">