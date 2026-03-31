--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
-    <t>Lista strutture aggiornata al 31/03/2026 14:37:25</t>
+    <t>Lista strutture aggiornata al 31/03/2026 16:19:52</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>