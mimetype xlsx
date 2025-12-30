--- v0 (2025-11-03)
+++ v1 (2025-12-30)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 03/11/2025 04:08:00</t>
+    <t>Lista strutture aggiornata al 30/12/2025 04:01:08</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>