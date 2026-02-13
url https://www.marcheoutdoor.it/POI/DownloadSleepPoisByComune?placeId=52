--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 30/12/2025 04:01:08</t>
+    <t>Lista strutture aggiornata al 13/02/2026 15:41:07</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>