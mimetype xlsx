--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -7,108 +7,108 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 13/02/2026 15:41:07</t>
+    <t>Lista strutture aggiornata al 31/03/2026 04:33:42</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>COUNTRY HOUSE CALVIE - [CIN:IT043007B9VHRP5HF2|]</t>
+    <t>COUNTRY HOUSE CALVIE - [CIN:IT043007B9VHRP5HF2]</t>
   </si>
   <si>
     <t>Camerino</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@lecalvie.it</t>
   </si>
   <si>
     <t>www.lecalvie.it</t>
   </si>
   <si>
     <t>Localita' Calvie 2</t>
   </si>
   <si>
-    <t xml:space="preserve">Telefono in camera, Servizio Fotocopie, Mountain Bike, Posta, Camera con balcone, Riscaldamento, Servizio FAX, Frigo bar, Aria condizionata in Locali Comuni, Accesso ad Internet, Parcheggio non Custodito, Aria Condizionata con Impianto non Centralizzato, Inglese, Insonorizzazione, Telefono , Baby Sitting, Estintori, Parco e Giardino, Collegamento Internet, TV, Trasporto Clienti Stazione, Accettazione Gruppi, Supplemento letto Aggiunto, Italiano, Supplemento doppia uso Singola, Aria condizionata, </t>
+    <t xml:space="preserve">Servizio Fotocopie, Supplemento doppia uso Singola, Insonorizzazione, Frigo bar, Accesso ad Internet, Supplemento letto Aggiunto, Aria Condizionata con Impianto non Centralizzato, Mountain Bike, Camera con balcone, Parco e Giardino, Servizio FAX, Telefono in camera, Estintori, Aria condizionata in Locali Comuni, Riscaldamento, Accettazione Gruppi, Baby Sitting, Italiano, TV, Collegamento Internet, Aria condizionata, Inglese, Parcheggio non Custodito, Telefono , Trasporto Clienti Stazione, Posta, </t>
   </si>
   <si>
     <t>BICI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -157,51 +157,51 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="50.7745704650879" customWidth="1"/>
+    <col min="2" max="2" width="49.781177520752" customWidth="1"/>
     <col min="3" max="3" width="10.4006061553955" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="15.0859661102295" customWidth="1"/>
     <col min="9" max="9" width="14.9048833847046" customWidth="1"/>
     <col min="10" max="10" width="15.920786857605" customWidth="1"/>
     <col min="11" max="11" width="439.819671630859" customWidth="1"/>
     <col min="12" max="12" width="13.2754201889038" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>