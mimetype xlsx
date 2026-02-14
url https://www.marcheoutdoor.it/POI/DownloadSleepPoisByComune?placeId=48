--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 07/11/2025 14:12:18</t>
+    <t>Lista strutture aggiornata al 14/02/2026 02:56:31</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>