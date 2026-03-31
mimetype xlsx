--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -7,108 +7,108 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 02:56:31</t>
+    <t>Lista strutture aggiornata al 31/03/2026 17:43:13</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>PARCO HOTEL - [CIN:IT043041A14QC3WVMU|]</t>
+    <t>PARCO HOTEL - [CIN:IT043041A14QC3WVMU]</t>
   </si>
   <si>
     <t>Pollenza</t>
   </si>
   <si>
     <t>3 Stelle</t>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@parcohotel.it</t>
   </si>
   <si>
     <t>www.parcohotel.it</t>
   </si>
   <si>
     <t>Viale Dante 41</t>
   </si>
   <si>
-    <t xml:space="preserve">Radio, Frigo bar, Servizio Fotocopie, Telefono , Camera con balcone, Aria condizionata, Aria condizionata in Locali Comuni, Aria Condizionata con Impianto Centralizzato, Servizio Congressi, Asciugacapelli, Riscaldamento, Accessibili a persone con disabilità motoria, Servizio FAX, Accettazione Animali Domestici, TV, IMPATTO AMBIENTALE: ISO 14001:2004, Accettazione Gruppi, Telefono in camera, Somministrazione bevande, Somministrazione alimenti, Riscaldamento Centralizzato, Somministrazione alcolici, </t>
+    <t xml:space="preserve">Aria condizionata, Aria Condizionata con Impianto Centralizzato, Telefono , IMPATTO AMBIENTALE: ISO 14001:2004, Accessibili a persone con disabilità motoria, Camera con balcone, Radio, TV, Aria condizionata in Locali Comuni, Frigo bar, Accettazione Animali Domestici, Accettazione Gruppi, Servizio FAX, Servizio Fotocopie, Riscaldamento Centralizzato, Somministrazione alcolici, Riscaldamento, Asciugacapelli, Somministrazione alimenti, Somministrazione bevande, Servizio Congressi, Telefono in camera, </t>
   </si>
   <si>
     <t>FAMIGLIE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -157,51 +157,51 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="43.0862350463867" customWidth="1"/>
+    <col min="2" max="2" width="42.0928382873535" customWidth="1"/>
     <col min="3" max="3" width="10.4006061553955" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="18.0641098022461" customWidth="1"/>
     <col min="9" max="9" width="17.8830280303955" customWidth="1"/>
     <col min="10" max="10" width="14.1907835006714" customWidth="1"/>
     <col min="11" max="11" width="446.552490234375" customWidth="1"/>
     <col min="12" max="12" width="13.2754201889038" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>