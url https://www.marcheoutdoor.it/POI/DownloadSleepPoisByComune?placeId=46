--- v0 (2025-10-26)
+++ v1 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
-    <t>Lista strutture aggiornata al 26/10/2025 12:21:04</t>
+    <t>Lista strutture aggiornata al 14/02/2026 04:54:23</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>