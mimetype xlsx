--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -7,114 +7,114 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 04:54:23</t>
+    <t>Lista strutture aggiornata al 31/03/2026 18:56:31</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>HOTEL SAN CLAUDIO - [CIN:IT043015A127PX5IWV|]</t>
+    <t>HOTEL SAN CLAUDIO - [CIN:IT043015A127PX5IWV]</t>
   </si>
   <si>
     <t>Corridonia</t>
   </si>
   <si>
     <t>3 Stelle</t>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@hotelsanclaudio.it</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>via San Claudio 14</t>
   </si>
   <si>
-    <t xml:space="preserve">Frigo bar, Servizio Fotocopie, Accessibilità all'Ascensore, Cassaforte, Colazione, Aria Condizionata con Impianto non Centralizzato, Phon, Servizio FAX, Telefono in camera, Lavatura e Stiratura Biancheria, Ascensore, Servizio Congressi, Asciugacapelli, TV, Supplemento letto Aggiunto, Parcheggio non Custodito, Collegamento Internet, Accessibili a persone con disabilità motoria, Riscaldamento, Aria condizionata, Telefono , </t>
+    <t xml:space="preserve">Telefono , Cassaforte, Servizio Fotocopie, Accessibilità all'Ascensore, TV, Accessibili a persone con disabilità motoria, Telefono in camera, Supplemento letto Aggiunto, Collegamento Internet, Riscaldamento, Colazione, Servizio Congressi, Phon, Ascensore, Servizio FAX, Frigo bar, Lavatura e Stiratura Biancheria, Asciugacapelli, Parcheggio non Custodito, Aria condizionata, Aria Condizionata con Impianto non Centralizzato, </t>
   </si>
   <si>
     <t>BICI</t>
   </si>
   <si>
-    <t>B&amp;B SBERGAMI PAOLA - [CIN:IT043015B4H798CYUR|]</t>
+    <t>B&amp;B SBERGAMI PAOLA - [CIN:IT043015B4H798CYUR]</t>
   </si>
   <si>
     <t>B&amp;B</t>
   </si>
   <si>
     <t>info@bebaquisgrana.com</t>
   </si>
   <si>
     <t>www.bebaquisgrana.com</t>
   </si>
   <si>
     <t>via Trodica 9</t>
   </si>
   <si>
     <t xml:space="preserve">Parco e Giardino, Accesso Mezzi Privati, Inglese, </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -175,51 +175,51 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="48.9739761352539" customWidth="1"/>
+    <col min="2" max="2" width="47.980583190918" customWidth="1"/>
     <col min="3" max="3" width="10.6335849761963" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="24.0357398986816" customWidth="1"/>
     <col min="9" max="9" width="23.8546581268311" customWidth="1"/>
     <col min="10" max="10" width="17.3049945831299" customWidth="1"/>
     <col min="11" max="11" width="369.737640380859" customWidth="1"/>
     <col min="12" max="12" width="13.2754201889038" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>