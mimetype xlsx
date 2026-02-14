--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 30/12/2025 14:14:27</t>
+    <t>Lista strutture aggiornata al 14/02/2026 06:49:31</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>