--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -7,108 +7,108 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 06:49:31</t>
+    <t>Lista strutture aggiornata al 31/03/2026 14:39:03</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>LA CASA DEI NONNI - [CIN:IT109019C1G8OO5PDS|]</t>
+    <t>LA CASA DEI NONNI - [CIN:IT109019C1G8OO5PDS]</t>
   </si>
   <si>
     <t>Monteleone di Fermo</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>B&amp;B</t>
   </si>
   <si>
     <t>info@lacasadeinonni.org</t>
   </si>
   <si>
     <t>www.lacasadeinonni.org</t>
   </si>
   <si>
     <t>CONTRADA MADONNA DI LORETO 21</t>
   </si>
   <si>
-    <t xml:space="preserve">Italiano, Aria Condizionata con Impianto Centralizzato, Mountain Bike, Ping Pong, Aria Condizionata con Impianto non Centralizzato, Connessione Internet, Lampada esterna, Colazione, Altri Servizi e Impianti, Parco e Giardino, altre attività ricreative e culturali, Accesso ad Internet, Sala Lettura, Supplemento letto Aggiunto, Biblioteca, Riscaldamento Centralizzato, Estintori, Phon, Aria condizionata, Asciugacapelli, Lavatura e Stiratura Biancheria, Inglese, </t>
+    <t xml:space="preserve">Colazione, Riscaldamento Centralizzato, Biblioteca, Italiano, Supplemento letto Aggiunto, altre attività ricreative e culturali, Altri Servizi e Impianti, Lavatura e Stiratura Biancheria, Aria Condizionata con Impianto Centralizzato, Sala Lettura, Phon, Connessione Internet, Estintori, Asciugacapelli, Lampada esterna, Accesso ad Internet, Mountain Bike, Ping Pong, Aria condizionata, Aria Condizionata con Impianto non Centralizzato, Parco e Giardino, Inglese, </t>
   </si>
   <si>
     <t>FAMIGLIE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -157,51 +157,51 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="46.6137657165527" customWidth="1"/>
+    <col min="2" max="2" width="45.6203689575195" customWidth="1"/>
     <col min="3" max="3" width="20.5256042480469" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="23.3062953948975" customWidth="1"/>
     <col min="9" max="9" width="23.1252136230469" customWidth="1"/>
     <col min="10" max="10" width="34.3768844604492" customWidth="1"/>
     <col min="11" max="11" width="398.009063720703" customWidth="1"/>
     <col min="12" max="12" width="13.2754201889038" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>