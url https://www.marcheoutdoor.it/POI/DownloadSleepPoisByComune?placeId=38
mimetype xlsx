--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 31/03/2026 14:39:03</t>
+    <t>Lista strutture aggiornata al 31/03/2026 16:08:15</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>