--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 30/12/2025 14:14:01</t>
+    <t>Lista strutture aggiornata al 14/02/2026 06:42:28</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>