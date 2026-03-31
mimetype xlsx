--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -7,108 +7,108 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 06:42:28</t>
+    <t>Lista strutture aggiornata al 31/03/2026 14:37:25</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>VILLA FUNARI COUNTRY HOUSE - [CIN:IT109038B96ZL6I8F9|]</t>
+    <t>VILLA FUNARI COUNTRY HOUSE - [CIN:IT109038B96ZL6I8F9]</t>
   </si>
   <si>
     <t xml:space="preserve">Servigliano </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@villafunari.it</t>
   </si>
   <si>
     <t>www.villafunari.it</t>
   </si>
   <si>
     <t>VIA DELLA REPUBBLICA 18</t>
   </si>
   <si>
-    <t xml:space="preserve">Collegamento Internet, TV, Accesso Mezzi Privati, Asciugacapelli, Parcheggio non Custodito, Inglese, Aria condizionata, Colazione, Italiano, Phon, Caffe, Frigo bar, Riscaldamento, Marchio di Qualità, Ristorante, Supplemento letto Aggiunto, Connessione Internet, Cassetta sicurezza, </t>
+    <t xml:space="preserve">Frigo bar, Colazione, Asciugacapelli, Cassetta sicurezza, TV, Italiano, Collegamento Internet, Inglese, Aria condizionata, Phon, Parcheggio non Custodito, Caffe, Connessione Internet, Ristorante, Riscaldamento, Marchio di Qualità, Supplemento letto Aggiunto, Accesso Mezzi Privati, </t>
   </si>
   <si>
     <t>FAMIGLIE,CAMMINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -157,51 +157,51 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="55.1471519470215" customWidth="1"/>
+    <col min="2" max="2" width="54.1537551879883" customWidth="1"/>
     <col min="3" max="3" width="11.0110960006714" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="17.2313346862793" customWidth="1"/>
     <col min="9" max="9" width="17.0502510070801" customWidth="1"/>
     <col min="10" max="10" width="24.4490604400635" customWidth="1"/>
     <col min="11" max="11" width="246.191284179688" customWidth="1"/>
     <col min="12" max="12" width="19.0176067352295" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>