--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 31/03/2026 14:37:25</t>
+    <t>Lista strutture aggiornata al 31/03/2026 16:10:13</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>