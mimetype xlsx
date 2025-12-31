--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
-    <t>Lista strutture aggiornata al 05/11/2025 14:33:32</t>
+    <t>Lista strutture aggiornata al 31/12/2025 01:35:28</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>