--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
-    <t>Lista strutture aggiornata al 31/12/2025 01:35:28</t>
+    <t>Lista strutture aggiornata al 14/02/2026 06:48:50</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>