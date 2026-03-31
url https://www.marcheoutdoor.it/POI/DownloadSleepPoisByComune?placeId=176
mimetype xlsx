--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -7,195 +7,195 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 06:48:50</t>
+    <t>Lista strutture aggiornata al 31/03/2026 20:57:28</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>HOTEL TETTO DELLE MARCHE - [CIN:IT043012A14FDKZ9YC|]</t>
+    <t>HOTEL TETTO DELLE MARCHE - [CIN:IT043012A14FDKZ9YC]</t>
   </si>
   <si>
     <t>Cingoli</t>
   </si>
   <si>
     <t>3 Stelle</t>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@hoteltettodellemarche.it</t>
   </si>
   <si>
     <t>www.hoteltettodellemarche.it</t>
   </si>
   <si>
     <t>Via E. Cristianopoli 47</t>
   </si>
   <si>
-    <t xml:space="preserve">Accessibilità all'Ascensore, Ristorante, Sala Lettura, Frigo bar, Accessibili a persone con disabilità motoria, Servizio Congressi, Accettazione Gruppi, Riscaldamento, Ascensore, Camere Singole, TV, Sala TV, Telefono in camera, Biliardo, Sala Giochi, Cassaforte, Aria Condizionata con Impianto Centralizzato, Parco e Giardino, Camere Doppie, Giochi per Bambini, Parcheggio Custodito, Bar, </t>
+    <t xml:space="preserve">Giochi per Bambini, Bar, Frigo bar, TV, Parco e Giardino, Ristorante, Sala Lettura, Cassaforte, Aria Condizionata con Impianto Centralizzato, Camere Singole, Servizio Congressi, Biliardo, Parcheggio Custodito, Telefono in camera, Riscaldamento, Camere Doppie, Accessibili a persone con disabilità motoria, Ascensore, Accettazione Gruppi, Accessibilità all'Ascensore, Sala TV, Sala Giochi, </t>
   </si>
   <si>
     <t>FAMIGLIE</t>
   </si>
   <si>
-    <t>COUNTRY HOUSE I MORI - [CIN:IT043012B9H6KLAA5X|]</t>
+    <t>COUNTRY HOUSE I MORI - [CIN:IT043012B9H6KLAA5X]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>info@imori.net</t>
   </si>
   <si>
     <t>www.imori.net</t>
   </si>
   <si>
     <t>localita' Pettovallone 1</t>
   </si>
   <si>
-    <t xml:space="preserve">Solo Pernottamento, Altri Servizi e Impianti, Colazione, Trasporto Clienti Stazione, Giochi per Bambini, Pensione Completa a Persona, Servizio FAX, Partecipazione Attività Agricole, Riscaldamento, Asciugacapelli, Accesso Mezzi Privati, Lavatura e Stiratura Biancheria, Camper Service, Accessibili a persone con disabilità motoria, Calcetto, Supplemento doppia uso Singola, Somministrazione bevande, Somministrazione alimenti, Ventilatore, Cucina, Attrezzi Pronto Soccorso, Cassaforte, Parcheggio non Custodito, Accettazione Animali Domestici, Phon, Accettazione Gruppi, Altre attività sportive, Noleggio altri Servizi o Attrez.-Specificare, Rimessaggio Caravan, Estintori, Telefono , Mezza Pensione a Persona, Telefono in camera (Centralino), Noleggio articoli sportivi, TV, Parco e Giardino, Collegamento Internet, Visite Guidate, Posta, Servizio Fotocopie, Bocce, Mountain Bike, Trekking, Accesso ad Internet, Camere Doppie, Noleggio Biciclette, </t>
+    <t xml:space="preserve">Colazione, Solo Pernottamento, Telefono in camera (Centralino), Cucina, Noleggio articoli sportivi, Servizio FAX, Altri Servizi e Impianti, Accesso ad Internet, Somministrazione alimenti, Mezza Pensione a Persona, Giochi per Bambini, Altre attività sportive, Trekking, Parco e Giardino, Accettazione Animali Domestici, Partecipazione Attività Agricole, Accesso Mezzi Privati, Accettazione Gruppi, Bocce, Somministrazione bevande, Servizio Fotocopie, Cassaforte, Attrezzi Pronto Soccorso, Parcheggio non Custodito, Camper Service, Phon, Ventilatore, Accessibili a persone con disabilità motoria, Pensione Completa a Persona, Estintori, Asciugacapelli, Lavatura e Stiratura Biancheria, Mountain Bike, Calcetto, Noleggio altri Servizi o Attrez.-Specificare, Trasporto Clienti Stazione, Rimessaggio Caravan, TV, Collegamento Internet, Telefono , Riscaldamento, Camere Doppie, Posta, Supplemento doppia uso Singola, Visite Guidate, Noleggio Biciclette, </t>
   </si>
   <si>
     <t>FAMIGLIE,BICI,CAMMINI</t>
   </si>
   <si>
-    <t>CAMPEGGIO SPARACETO DI FALAPPA JACOPO - [CIN:IT043012B1FX5IK7U3|]</t>
+    <t>CAMPEGGIO SPARACETO DI FALAPPA JACOPO - [CIN:IT043012B1FX5IK7U3]</t>
   </si>
   <si>
     <t>1 Stella</t>
   </si>
   <si>
     <t>jacopo.falappa@gmail.com</t>
   </si>
   <si>
     <t>via Sparaceto snc</t>
   </si>
   <si>
-    <t xml:space="preserve">Spaccio alimentari, Accettazione Gruppi, Accettazione Animali Domestici, Camper Service, </t>
+    <t xml:space="preserve">Accettazione Animali Domestici, Camper Service, Spaccio alimentari, Accettazione Gruppi, </t>
   </si>
   <si>
     <t>FAMIGLIE,CAMMINI</t>
   </si>
   <si>
-    <t>AGRITURISMO I MORI - [CIN:IT043012B5CMRC3ADQ|]</t>
+    <t>AGRITURISMO I MORI - [CIN:IT043012B5CMRC3ADQ]</t>
   </si>
   <si>
     <t>loc. Pettovallone 1</t>
   </si>
   <si>
-    <t xml:space="preserve">Parco e Giardino, Pensione Completa a Persona, Inglese, Accesso ad Internet, Colazione, Partecipazione Attività Agricole, Bocce, Calcetto, Mezza Pensione a Persona, Trasporto Clienti Stazione, Mountain Bike, Italiano, Spagnolo, Giochi per Bambini, Parcheggio non Custodito, Piscina Scoperta, Visite Guidate, Solo Pernottamento, Cucina, Percorso Vita, Accessibili a persone con disabilità motoria, Ping Pong, </t>
-[...2 lines deleted...]
-    <t>CENTRO VACANZE VERDE AZZURRO - [CIN:IT043012B2AROIC5EX|]</t>
+    <t xml:space="preserve">Mezza Pensione a Persona, Calcetto, Parcheggio non Custodito, Percorso Vita, Parco e Giardino, Bocce, Inglese, Spagnolo, Visite Guidate, Solo Pernottamento, Mountain Bike, Partecipazione Attività Agricole, Piscina Scoperta, Giochi per Bambini, Italiano, Ping Pong, Trasporto Clienti Stazione, Colazione, Cucina, Accessibili a persone con disabilità motoria, Accesso ad Internet, Pensione Completa a Persona, </t>
+  </si>
+  <si>
+    <t>CENTRO VACANZE VERDE AZZURRO - [CIN:IT043012B2AROIC5EX]</t>
   </si>
   <si>
     <t>info@verdeazzurro.it</t>
   </si>
   <si>
     <t>www.verdeazzurrovacanzemarche.it</t>
   </si>
   <si>
     <t>Localita' San Faustino 6</t>
   </si>
   <si>
-    <t xml:space="preserve">Piano Bar, Piscina, Supplemento Cane, Locale TV, Idromassaggio, Mini Club, Ristorante, Riscaldamento, Phon, Pizzeria, Somministrazione alimenti, Aria Condizionata con Impianto Centralizzato, Angolo cottura, Piscina Scoperta, Somministrazione bevande, Accettazione Animali Domestici, Discoteca, Maneggio, Supplemento doppia uso Singola, TV, Pallacanestro, Parco e Giardino, Calcetto, Beach Volley, Servizi igienici, Self/service-Tavola calda, Accesso ad Internet, Pasti, Accettazione Gruppi, Mezza Pensione a Persona, Illuminazione Elettrica, Aria Condizionata con Impianto non Centralizzato, Servizio FAX, Telefono in camera, Giochi per Bambini, Propria piscina scoperta, Estintori, Italiano, Servizio Fotocopie, Ping Pong, Cappella per Celebrazioni Liturgiche, Biciclette, Noleggio Biciclette, Colazione, Parcheggio non Custodito, Aria condizionata, Acqua calda e fredda, Cucina, Francese, Bar, Telefono , Spaccio alimentari, Pallavolo, Sala Giochi, altre attività ricreative e culturali, Pensione Completa a Persona, Sala TV, Asciugacapelli, Animazione, Accessibili a persone con disabilità motoria, Posta, Macchine lavabiancheria, Palestra, Lampada esterna, Sauna Privata, Cassaforte, Tennis, Frigo bar, Equitazione, Supplemento letto Aggiunto, Acqua Park, Solo Pernottamento, Inglese, Somministrazione alcolici, Aria condizionata in Locali Comuni, Mountain Bike, </t>
-[...2 lines deleted...]
-    <t>POSTIGLIONE DELLA CASTELLETTA - [CIN:IT043012B96SHXUEPM|]</t>
+    <t xml:space="preserve">Palestra, Angolo cottura, Supplemento letto Aggiunto, Aria Condizionata con Impianto non Centralizzato, Piscina Scoperta, Parco e Giardino, Tennis, Mini Club, Servizio Fotocopie, Supplemento doppia uso Singola, Piscina, Pensione Completa a Persona, Aria condizionata in Locali Comuni, Cappella per Celebrazioni Liturgiche, Acqua calda e fredda, altre attività ricreative e culturali, Somministrazione bevande, Francese, Estintori, Accessibili a persone con disabilità motoria, Parcheggio non Custodito, Pasti, Spaccio alimentari, Accesso ad Internet, Giochi per Bambini, Calcetto, Aria condizionata, Ristorante, Illuminazione Elettrica, Phon, Sauna Privata, Asciugacapelli, Biciclette, Solo Pernottamento, Frigo bar, Accettazione Animali Domestici, Inglese, Italiano, Telefono in camera, Riscaldamento, Mezza Pensione a Persona, Discoteca, Supplemento Cane, TV, Cassaforte, Locale TV, Bar, Telefono , Propria piscina scoperta, Posta, Pizzeria, Piano Bar, Macchine lavabiancheria, Mountain Bike, Maneggio, Colazione, Animazione, Self/service-Tavola calda, Equitazione, Sala Giochi, Somministrazione alimenti, Pallacanestro, Noleggio Biciclette, Accettazione Gruppi, Cucina, Servizi igienici, Idromassaggio, Acqua Park, Ping Pong, Somministrazione alcolici, Sala TV, Aria Condizionata con Impianto Centralizzato, Beach Volley, Servizio FAX, Pallavolo, Lampada esterna, </t>
+  </si>
+  <si>
+    <t>POSTIGLIONE DELLA CASTELLETTA - [CIN:IT043012B96SHXUEPM]</t>
   </si>
   <si>
     <t>postiglionecingoli@gmail.com</t>
   </si>
   <si>
     <t>www.postiglionecountryhouse.com</t>
   </si>
   <si>
     <t>localita' Lioni 20</t>
   </si>
   <si>
-    <t xml:space="preserve">Collegamento Internet, TV, Parco e Giardino, Camere Doppie, Accettazione Animali Domestici, Accesso ad Internet, Connessione Internet, Inglese, Aria condizionata, Giochi per Bambini, Colazione, Accettazione Gruppi, Phon, Aria Condizionata con Impianto non Centralizzato, Riscaldamento Centralizzato, Estintori, Parcheggio non Custodito, Marchio di Qualità, Asciugacapelli, Italiano, </t>
+    <t xml:space="preserve">Phon, Asciugacapelli, Estintori, Riscaldamento Centralizzato, Accesso ad Internet, Giochi per Bambini, Aria Condizionata con Impianto non Centralizzato, Camere Doppie, Inglese, Collegamento Internet, TV, Italiano, Marchio di Qualità, Colazione, Parco e Giardino, Accettazione Animali Domestici, Parcheggio non Custodito, Aria condizionata, Connessione Internet, Accettazione Gruppi, </t>
   </si>
   <si>
     <t>CAMMINI</t>
   </si>
   <si>
-    <t>B&amp;B AMOR DI LAVANDA - [CIN:IT043012C1IHRZWFNQ|]</t>
+    <t>B&amp;B AMOR DI LAVANDA - [CIN:IT043012C1IHRZWFNQ]</t>
   </si>
   <si>
     <t>B&amp;B</t>
   </si>
   <si>
     <t>info@amordilavanda.it</t>
   </si>
   <si>
     <t>amordilavanda.it</t>
   </si>
   <si>
     <t>LOCALITA' FONTE DEL PIANO 1</t>
   </si>
   <si>
     <t>BICI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -256,51 +256,51 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="68.2311325073242" customWidth="1"/>
+    <col min="2" max="2" width="67.2377395629883" customWidth="1"/>
     <col min="3" max="3" width="10.4006061553955" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="28.3786525726318" customWidth="1"/>
     <col min="9" max="9" width="33.5154647827148" customWidth="1"/>
     <col min="10" max="10" width="28.3622856140137" customWidth="1"/>
     <col min="11" max="11" width="1188.31372070313" customWidth="1"/>
     <col min="12" max="12" width="22.9666385650635" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>