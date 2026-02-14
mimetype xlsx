--- v0 (2025-11-06)
+++ v1 (2026-02-14)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 06/11/2025 06:51:18</t>
+    <t>Lista strutture aggiornata al 14/02/2026 02:41:47</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>