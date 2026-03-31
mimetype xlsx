--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -7,108 +7,108 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 14/02/2026 02:41:47</t>
+    <t>Lista strutture aggiornata al 31/03/2026 17:32:39</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
-    <t>AGRITURISMO L' OLMO DI CASIGLIANO - [CIN:IT043011B5DYJQXQMK|]</t>
+    <t>AGRITURISMO L' OLMO DI CASIGLIANO - [CIN:IT043011B5DYJQXQMK]</t>
   </si>
   <si>
     <t>Cessapalombo</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Albergo</t>
   </si>
   <si>
     <t>info@olmodicasigliano.it</t>
   </si>
   <si>
     <t>www.olmodicasigliano.it</t>
   </si>
   <si>
     <t>LOCALITA' CASIGLIANO 1</t>
   </si>
   <si>
-    <t xml:space="preserve">Radio, oleaginoso, Calcetto, Accesso ad Internet, Inglese, Servizi igienici, viticolo, Ping Pong, Bocce, cerealicolo, TV, Telefono abilitato alla chiamata diretta, Cucina in vano separato, Servizi igienici (lavabo WC), Piscina, Lavatura e Stiratura Biancheria, Attrezzatura per soggiorno all'aperto, Mountain Bike, Sala Lettura, Pallavolo, Parco e Giardino, Telefono in camera (Centralino), Trekking, Acqua calda e fredda, Ventilatore, Bosco, Giochi per Bambini, Sala TV, Collegamento Internet, Accessibili a persone con disabilità motoria, Propria piscina scoperta, Riscaldamento, Italiano, Ascensore, Telefono , </t>
+    <t xml:space="preserve">Telefono , Inglese, Acqua calda e fredda, Parco e Giardino, Ping Pong, Asciugacapelli, Servizi igienici (lavabo WC), Attrezzatura per soggiorno all'aperto, Lavatura e Stiratura Biancheria, Ventilatore, cerealicolo, Sala TV, Giochi per Bambini, Ascensore, Propria piscina scoperta, Piscina Scoperta, Bocce, Trekking, Servizi igienici, Collegamento Internet, Phon, Italiano, Telefono abilitato alla chiamata diretta, Cucina in vano separato, Accesso ad Internet, oleaginoso, viticolo, Mountain Bike, Riscaldamento, Parcheggio non Custodito, Piscina, Calcetto, Radio, Accettazione Animali Domestici, Telefono in camera (Centralino), TV, Bosco, Sala Lettura, Pallavolo, altre colture arboree, Accessibili a persone con disabilità motoria, </t>
   </si>
   <si>
     <t>FAMIGLIE,CAMMINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF0000FF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -157,60 +157,60 @@
     <tableColumn id="3" name="Latitudine"/>
     <tableColumn id="4" name="Longitudine"/>
     <tableColumn id="5" name="Stelle"/>
     <tableColumn id="6" name="Tipologia"/>
     <tableColumn id="7" name="Email"/>
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="2" max="2" width="63.894359588623" customWidth="1"/>
+    <col min="2" max="2" width="62.9009666442871" customWidth="1"/>
     <col min="3" max="3" width="14.1539535522461" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="23.2500267028809" customWidth="1"/>
     <col min="9" max="9" width="23.0689430236816" customWidth="1"/>
     <col min="10" max="10" width="23.2663974761963" customWidth="1"/>
-    <col min="11" max="11" width="522.860900878906" customWidth="1"/>
+    <col min="11" max="11" width="628.576232910156" customWidth="1"/>
     <col min="12" max="12" width="19.0176067352295" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">
       <c r="B4" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="0" t="s">