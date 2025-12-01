--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 16/10/2025 18:46:18</t>
+    <t>Lista strutture aggiornata al 01/12/2025 03:45:21</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>