--- v1 (2025-12-01)
+++ v2 (2025-12-14)
@@ -7,96 +7,96 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 01/12/2025 03:45:21</t>
+    <t>Lista strutture aggiornata al 12/14/2025 6:17:27 AM</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
     <t>TIMEOUT - [CIN:IT042038B459SOVWOD|]</t>
   </si>
   <si>
     <t>Polverigi</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Affittacamere</t>
+    <t>Landlord</t>
   </si>
   <si>
     <t>info@bb-timeout.it</t>
   </si>
   <si>
     <t>www.bb-timeout.it</t>
   </si>
   <si>
     <t>Via della Baviera 21</t>
   </si>
   <si>
     <t xml:space="preserve">Altre attività sportive, Locale Ricovero, Inglese, Italiano, Accettazione Animali Domestici, </t>
   </si>
   <si>
     <t>FAMIGLIE,BICI,CAMMINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -162,51 +162,51 @@
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="38.3248901367188" customWidth="1"/>
     <col min="3" max="3" width="10.4006061553955" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
-    <col min="7" max="7" width="13.5247678756714" customWidth="1"/>
+    <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
     <col min="8" max="8" width="18.4702663421631" customWidth="1"/>
     <col min="9" max="9" width="18.2891845703125" customWidth="1"/>
     <col min="10" max="10" width="18.5848503112793" customWidth="1"/>
     <col min="11" max="11" width="78.7973480224609" customWidth="1"/>
     <col min="12" max="12" width="22.9666385650635" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">