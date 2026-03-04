--- v2 (2025-12-14)
+++ v3 (2026-03-04)
@@ -7,96 +7,96 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
-    <t>Lista strutture aggiornata al 12/14/2025 6:17:27 AM</t>
+    <t>Lista strutture aggiornata al 04/03/2026 18:20:14</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Stelle</t>
   </si>
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Servizi</t>
   </si>
   <si>
     <t>Disciplinari</t>
   </si>
   <si>
     <t>TIMEOUT - [CIN:IT042038B459SOVWOD|]</t>
   </si>
   <si>
     <t>Polverigi</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Landlord</t>
+    <t>Affittacamere</t>
   </si>
   <si>
     <t>info@bb-timeout.it</t>
   </si>
   <si>
     <t>www.bb-timeout.it</t>
   </si>
   <si>
     <t>Via della Baviera 21</t>
   </si>
   <si>
     <t xml:space="preserve">Altre attività sportive, Locale Ricovero, Inglese, Italiano, Accettazione Animali Domestici, </t>
   </si>
   <si>
     <t>FAMIGLIE,BICI,CAMMINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
@@ -162,51 +162,51 @@
     <tableColumn id="8" name="Website"/>
     <tableColumn id="9" name="Indirizzo"/>
     <tableColumn id="10" name="Servizi"/>
     <tableColumn id="11" name="Disciplinari"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="B1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="2" max="2" width="38.3248901367188" customWidth="1"/>
     <col min="3" max="3" width="10.4006061553955" customWidth="1"/>
     <col min="4" max="4" width="12.5152816772461" customWidth="1"/>
     <col min="5" max="5" width="14.045786857605" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
-    <col min="7" max="7" width="11.6579532623291" customWidth="1"/>
+    <col min="7" max="7" width="13.5247678756714" customWidth="1"/>
     <col min="8" max="8" width="18.4702663421631" customWidth="1"/>
     <col min="9" max="9" width="18.2891845703125" customWidth="1"/>
     <col min="10" max="10" width="18.5848503112793" customWidth="1"/>
     <col min="11" max="11" width="78.7973480224609" customWidth="1"/>
     <col min="12" max="12" width="22.9666385650635" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="4">